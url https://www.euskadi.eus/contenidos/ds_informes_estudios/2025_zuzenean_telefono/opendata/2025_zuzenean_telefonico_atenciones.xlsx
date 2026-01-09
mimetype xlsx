--- v0 (2026-01-03)
+++ v1 (2026-01-09)
@@ -33,51 +33,51 @@
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12300"/>
   </bookViews>
   <sheets>
     <sheet name="TELEFONICO.ATENCIONES" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <connection id="1" keepAlive="1" name="Consulta - Opendata_Telefonico_Nivel" description="Conexión a la consulta 'Opendata_Telefonico_Nivel' en el libro." type="5" refreshedVersion="6" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Opendata_Telefonico_Nivel;Extended Properties=&quot;&quot;" command="SELECT * FROM [Opendata_Telefonico_Nivel]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="150">
   <si>
     <t>MES</t>
   </si>
   <si>
     <t>TRAMO_HORARIO</t>
   </si>
   <si>
     <t>NUMERO_AGENTES</t>
   </si>
   <si>
     <t>RECIBIDAS</t>
   </si>
   <si>
     <t>CONTESTADAS</t>
   </si>
   <si>
     <t>NIVEL_SERVICIO</t>
   </si>
   <si>
     <t>MEDIA_DIARIA_ATENCIONES</t>
   </si>
   <si>
     <t>DIRECTORIO</t>
   </si>
   <si>
@@ -447,50 +447,86 @@
     <t>27,42 %</t>
   </si>
   <si>
     <t>37,86 %</t>
   </si>
   <si>
     <t>41,65 %</t>
   </si>
   <si>
     <t>83,77 %</t>
   </si>
   <si>
     <t>36,51 %</t>
   </si>
   <si>
     <t>30,70 %</t>
   </si>
   <si>
     <t>30,65 %</t>
   </si>
   <si>
     <t>42,74 %</t>
   </si>
   <si>
     <t>57,93 %</t>
+  </si>
+  <si>
+    <t>88,17 %</t>
+  </si>
+  <si>
+    <t>42,39 %</t>
+  </si>
+  <si>
+    <t>29,44 %</t>
+  </si>
+  <si>
+    <t>26,31 %</t>
+  </si>
+  <si>
+    <t>30,21 %</t>
+  </si>
+  <si>
+    <t>36,59 %</t>
+  </si>
+  <si>
+    <t>68,84 %</t>
+  </si>
+  <si>
+    <t>29,39 %</t>
+  </si>
+  <si>
+    <t>29,46 %</t>
+  </si>
+  <si>
+    <t>27,27 %</t>
+  </si>
+  <si>
+    <t>38,38 %</t>
+  </si>
+  <si>
+    <t>54,35 %</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -770,51 +806,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:M128"/>
+  <dimension ref="A1:M140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -6022,76 +6058,574 @@
         <v>241</v>
       </c>
       <c r="F128" t="s">
         <v>137</v>
       </c>
       <c r="G128">
         <v>12</v>
       </c>
       <c r="H128">
         <v>1</v>
       </c>
       <c r="I128">
         <v>2</v>
       </c>
       <c r="J128">
         <v>82</v>
       </c>
       <c r="K128">
         <v>177</v>
       </c>
       <c r="L128">
         <v>236</v>
       </c>
       <c r="M128">
         <v>23</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A129" s="1">
+        <v>45992</v>
+      </c>
+      <c r="B129" s="2">
+        <v>0.33333333333333331</v>
+      </c>
+      <c r="C129">
+        <v>19</v>
+      </c>
+      <c r="D129">
+        <v>1868</v>
+      </c>
+      <c r="E129">
+        <v>1647</v>
+      </c>
+      <c r="F129" t="s">
+        <v>138</v>
+      </c>
+      <c r="G129">
+        <v>87</v>
+      </c>
+      <c r="H129">
+        <v>19</v>
+      </c>
+      <c r="I129">
+        <v>8</v>
+      </c>
+      <c r="J129">
+        <v>538</v>
+      </c>
+      <c r="K129">
+        <v>1019</v>
+      </c>
+      <c r="L129">
+        <v>1368</v>
+      </c>
+      <c r="M129">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A130" s="1">
+        <v>45992</v>
+      </c>
+      <c r="B130" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="C130">
+        <v>19</v>
+      </c>
+      <c r="D130">
+        <v>5199</v>
+      </c>
+      <c r="E130">
+        <v>2204</v>
+      </c>
+      <c r="F130" t="s">
+        <v>139</v>
+      </c>
+      <c r="G130">
+        <v>116</v>
+      </c>
+      <c r="H130">
+        <v>13</v>
+      </c>
+      <c r="I130">
+        <v>14</v>
+      </c>
+      <c r="J130">
+        <v>726</v>
+      </c>
+      <c r="K130">
+        <v>1386</v>
+      </c>
+      <c r="L130">
+        <v>1898</v>
+      </c>
+      <c r="M130">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A131" s="1">
+        <v>45992</v>
+      </c>
+      <c r="B131" s="2">
+        <v>0.41666666666666669</v>
+      </c>
+      <c r="C131">
+        <v>19</v>
+      </c>
+      <c r="D131">
+        <v>7181</v>
+      </c>
+      <c r="E131">
+        <v>2114</v>
+      </c>
+      <c r="F131" t="s">
+        <v>140</v>
+      </c>
+      <c r="G131">
+        <v>111</v>
+      </c>
+      <c r="H131">
+        <v>9</v>
+      </c>
+      <c r="I131">
+        <v>21</v>
+      </c>
+      <c r="J131">
+        <v>788</v>
+      </c>
+      <c r="K131">
+        <v>1286</v>
+      </c>
+      <c r="L131">
+        <v>1842</v>
+      </c>
+      <c r="M131">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A132" s="1">
+        <v>45992</v>
+      </c>
+      <c r="B132" s="2">
+        <v>0.45833333333333331</v>
+      </c>
+      <c r="C132">
+        <v>19</v>
+      </c>
+      <c r="D132">
+        <v>7734</v>
+      </c>
+      <c r="E132">
+        <v>2035</v>
+      </c>
+      <c r="F132" t="s">
+        <v>141</v>
+      </c>
+      <c r="G132">
+        <v>107</v>
+      </c>
+      <c r="H132">
+        <v>14</v>
+      </c>
+      <c r="I132">
+        <v>30</v>
+      </c>
+      <c r="J132">
+        <v>731</v>
+      </c>
+      <c r="K132">
+        <v>1257</v>
+      </c>
+      <c r="L132">
+        <v>1789</v>
+      </c>
+      <c r="M132">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A133" s="1">
+        <v>45992</v>
+      </c>
+      <c r="B133" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="C133">
+        <v>19</v>
+      </c>
+      <c r="D133">
+        <v>7674</v>
+      </c>
+      <c r="E133">
+        <v>2318</v>
+      </c>
+      <c r="F133" t="s">
+        <v>142</v>
+      </c>
+      <c r="G133">
+        <v>122</v>
+      </c>
+      <c r="H133">
+        <v>15</v>
+      </c>
+      <c r="I133">
+        <v>23</v>
+      </c>
+      <c r="J133">
+        <v>861</v>
+      </c>
+      <c r="K133">
+        <v>1420</v>
+      </c>
+      <c r="L133">
+        <v>2083</v>
+      </c>
+      <c r="M133">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A134" s="1">
+        <v>45992</v>
+      </c>
+      <c r="B134" s="2">
+        <v>0.54166666666666663</v>
+      </c>
+      <c r="C134">
+        <v>19</v>
+      </c>
+      <c r="D134">
+        <v>5830</v>
+      </c>
+      <c r="E134">
+        <v>2133</v>
+      </c>
+      <c r="F134" t="s">
+        <v>143</v>
+      </c>
+      <c r="G134">
+        <v>112</v>
+      </c>
+      <c r="H134">
+        <v>17</v>
+      </c>
+      <c r="I134">
+        <v>21</v>
+      </c>
+      <c r="J134">
+        <v>771</v>
+      </c>
+      <c r="K134">
+        <v>1339</v>
+      </c>
+      <c r="L134">
+        <v>1916</v>
+      </c>
+      <c r="M134">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A135" s="1">
+        <v>45992</v>
+      </c>
+      <c r="B135" s="2">
+        <v>0.58333333333333337</v>
+      </c>
+      <c r="C135">
+        <v>19</v>
+      </c>
+      <c r="D135">
+        <v>2837</v>
+      </c>
+      <c r="E135">
+        <v>1953</v>
+      </c>
+      <c r="F135" t="s">
+        <v>144</v>
+      </c>
+      <c r="G135">
+        <v>103</v>
+      </c>
+      <c r="H135">
+        <v>13</v>
+      </c>
+      <c r="I135">
+        <v>18</v>
+      </c>
+      <c r="J135">
+        <v>710</v>
+      </c>
+      <c r="K135">
+        <v>1319</v>
+      </c>
+      <c r="L135">
+        <v>1818</v>
+      </c>
+      <c r="M135">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A136" s="1">
+        <v>45992</v>
+      </c>
+      <c r="B136" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="C136">
+        <v>4</v>
+      </c>
+      <c r="D136">
+        <v>2460</v>
+      </c>
+      <c r="E136">
+        <v>723</v>
+      </c>
+      <c r="F136" t="s">
+        <v>145</v>
+      </c>
+      <c r="G136">
+        <v>38</v>
+      </c>
+      <c r="H136">
+        <v>4</v>
+      </c>
+      <c r="I136">
+        <v>9</v>
+      </c>
+      <c r="J136">
+        <v>236</v>
+      </c>
+      <c r="K136">
+        <v>466</v>
+      </c>
+      <c r="L136">
+        <v>632</v>
+      </c>
+      <c r="M136">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A137" s="1">
+        <v>45992</v>
+      </c>
+      <c r="B137" s="2">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="C137">
+        <v>4</v>
+      </c>
+      <c r="D137">
+        <v>2386</v>
+      </c>
+      <c r="E137">
+        <v>703</v>
+      </c>
+      <c r="F137" t="s">
+        <v>146</v>
+      </c>
+      <c r="G137">
+        <v>37</v>
+      </c>
+      <c r="H137">
+        <v>7</v>
+      </c>
+      <c r="I137">
+        <v>7</v>
+      </c>
+      <c r="J137">
+        <v>242</v>
+      </c>
+      <c r="K137">
+        <v>452</v>
+      </c>
+      <c r="L137">
+        <v>637</v>
+      </c>
+      <c r="M137">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A138" s="1">
+        <v>45992</v>
+      </c>
+      <c r="B138" s="2">
+        <v>0.70833333333333337</v>
+      </c>
+      <c r="C138">
+        <v>4</v>
+      </c>
+      <c r="D138">
+        <v>1896</v>
+      </c>
+      <c r="E138">
+        <v>517</v>
+      </c>
+      <c r="F138" t="s">
+        <v>147</v>
+      </c>
+      <c r="G138">
+        <v>27</v>
+      </c>
+      <c r="H138">
+        <v>2</v>
+      </c>
+      <c r="I138">
+        <v>5</v>
+      </c>
+      <c r="J138">
+        <v>229</v>
+      </c>
+      <c r="K138">
+        <v>286</v>
+      </c>
+      <c r="L138">
+        <v>465</v>
+      </c>
+      <c r="M138">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A139" s="1">
+        <v>45992</v>
+      </c>
+      <c r="B139" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="C139">
+        <v>4</v>
+      </c>
+      <c r="D139">
+        <v>1342</v>
+      </c>
+      <c r="E139">
+        <v>515</v>
+      </c>
+      <c r="F139" t="s">
+        <v>148</v>
+      </c>
+      <c r="G139">
+        <v>27</v>
+      </c>
+      <c r="H139">
+        <v>5</v>
+      </c>
+      <c r="I139">
+        <v>3</v>
+      </c>
+      <c r="J139">
+        <v>221</v>
+      </c>
+      <c r="K139">
+        <v>304</v>
+      </c>
+      <c r="L139">
+        <v>475</v>
+      </c>
+      <c r="M139">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A140" s="1">
+        <v>45992</v>
+      </c>
+      <c r="B140" s="2">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="C140">
+        <v>4</v>
+      </c>
+      <c r="D140">
+        <v>368</v>
+      </c>
+      <c r="E140">
+        <v>200</v>
+      </c>
+      <c r="F140" t="s">
+        <v>149</v>
+      </c>
+      <c r="G140">
+        <v>11</v>
+      </c>
+      <c r="H140">
+        <v>0</v>
+      </c>
+      <c r="I140">
+        <v>1</v>
+      </c>
+      <c r="J140">
+        <v>65</v>
+      </c>
+      <c r="K140">
+        <v>139</v>
+      </c>
+      <c r="L140">
+        <v>184</v>
+      </c>
+      <c r="M140">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <fechafin xmlns="a7f1df85-f80f-44a7-9714-70054ddb23c1" xsi:nil="true"/>
+    <TErminado xmlns="a7f1df85-f80f-44a7-9714-70054ddb23c1">false</TErminado>
+    <fechaenvio xmlns="a7f1df85-f80f-44a7-9714-70054ddb23c1" xsi:nil="true"/>
+    <Descripcionpetici_x00f3_n xmlns="a7f1df85-f80f-44a7-9714-70054ddb23c1" xsi:nil="true"/>
+    <TaxCatchAll xmlns="bfeeef81-7dbb-4e8d-904c-33b2f2a5faed" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a7f1df85-f80f-44a7-9714-70054ddb23c1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100F22D5F026398EA4187C84309D319DEEC" ma:contentTypeVersion="19" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="e52799818d28d6f6e83e98e9600045e7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a7f1df85-f80f-44a7-9714-70054ddb23c1" xmlns:ns3="bfeeef81-7dbb-4e8d-904c-33b2f2a5faed" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f010775352c7d1b1335e4ebb935ac0cd" ns2:_="" ns3:_="">
     <xsd:import namespace="a7f1df85-f80f-44a7-9714-70054ddb23c1"/>
     <xsd:import namespace="bfeeef81-7dbb-4e8d-904c-33b2f2a5faed"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:TErminado" minOccurs="0"/>
                 <xsd:element ref="ns2:Descripcionpetici_x00f3_n" minOccurs="0"/>
@@ -6312,104 +6846,98 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8690E37-70CA-4472-BCC9-7581F5B54A35}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B0B304A-C61D-4724-853A-0508862F5972}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="bfeeef81-7dbb-4e8d-904c-33b2f2a5faed"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="a7f1df85-f80f-44a7-9714-70054ddb23c1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A00F78FB-64D8-4C7E-9FCF-CBF93117C37C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a7f1df85-f80f-44a7-9714-70054ddb23c1"/>
     <ds:schemaRef ds:uri="bfeeef81-7dbb-4e8d-904c-33b2f2a5faed"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B0B304A-C61D-4724-853A-0508862F5972}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8690E37-70CA-4472-BCC9-7581F5B54A35}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>TELEFONICO.ATENCIONES</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ejie</Company>